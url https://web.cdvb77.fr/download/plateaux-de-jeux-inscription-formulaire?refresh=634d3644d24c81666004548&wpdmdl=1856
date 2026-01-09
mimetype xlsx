--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -1,6567 +1,3699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26827"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11122"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\CDVB77\Commun\Développement\PDJ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/cdvolley77/Documents/CDVB77/2025-2026/Développement/M9 M11/PDJ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00FA4663-23F6-4E29-8554-C412E758BAB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="OZsGL7255k3A6QHNz3WZyK39K07fYgbBj/PgTRJF+slRxnUt6REAttbFliiwdiy54xi3UB63tVu2iUigm00k3w==" workbookSaltValue="z1WvIwXC9NXSazLnqH5dsA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59074D98-BCE4-8048-91DB-2888677B81B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-113" yWindow="-113" windowWidth="24267" windowHeight="13311" tabRatio="551" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="680" windowWidth="30240" windowHeight="18960" xr2:uid="{6BE87F0C-7878-4447-87AB-CF311156B5D0}"/>
   </bookViews>
   <sheets>
-    <sheet name="Liste des joueurs" sheetId="16" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Liste" sheetId="13" state="hidden" r:id="rId5"/>
+    <sheet name="PDJ" sheetId="1" r:id="rId1"/>
+    <sheet name="PDM" sheetId="7" r:id="rId2"/>
+    <sheet name="Niveaux" sheetId="5" r:id="rId3"/>
+    <sheet name="Listes" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="CLUBS">Liste!$C$2:$C$25</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'Fiche PDJ Page3'!$A$1:$K$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">PDJ!$F$9:$G$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">PDM!$F$9:$G$12</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">Niveaux!$A$1:$J$111</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">PDJ!$A$1:$R$43</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">PDM!$A$1:$R$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F56" i="20" l="1"/>
-[...335 lines deleted...]
-  <c r="A6" i="10"/>
+  <c r="D32" i="7" l="1"/>
+  <c r="D33" i="7"/>
+  <c r="D34" i="7"/>
+  <c r="D35" i="7"/>
+  <c r="D36" i="7"/>
+  <c r="D37" i="7"/>
+  <c r="D38" i="7"/>
+  <c r="D39" i="7"/>
+  <c r="D11" i="7"/>
+  <c r="D12" i="7"/>
+  <c r="D13" i="7"/>
+  <c r="D14" i="7"/>
+  <c r="D15" i="7"/>
+  <c r="D16" i="7"/>
+  <c r="D17" i="7"/>
+  <c r="D18" i="7"/>
+  <c r="D19" i="7"/>
+  <c r="D20" i="7"/>
+  <c r="D21" i="7"/>
+  <c r="D22" i="7"/>
+  <c r="D23" i="7"/>
+  <c r="D24" i="7"/>
+  <c r="D25" i="7"/>
+  <c r="D26" i="7"/>
+  <c r="D27" i="7"/>
+  <c r="D28" i="7"/>
+  <c r="D29" i="7"/>
+  <c r="D30" i="7"/>
+  <c r="D31" i="7"/>
+  <c r="D10" i="7"/>
+  <c r="D10" i="1"/>
+  <c r="D20" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="D23" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D26" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="D37" i="1"/>
+  <c r="D38" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="D11" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="D13" i="1"/>
+  <c r="D14" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="D16" i="1"/>
+  <c r="D17" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="D19" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="358" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="65">
+  <si>
+    <t>NOM</t>
+  </si>
+  <si>
+    <t>PRENOM</t>
+  </si>
+  <si>
+    <t>LICENCE</t>
+  </si>
+  <si>
+    <t>NIVEAU A PASSER</t>
+  </si>
+  <si>
+    <t>NIVEAU</t>
+  </si>
+  <si>
+    <t>VERT</t>
+  </si>
+  <si>
+    <t>JAUNE</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>ROSE</t>
+  </si>
+  <si>
+    <t>ROUGE</t>
+  </si>
+  <si>
+    <t>VIOLET</t>
+  </si>
+  <si>
+    <t>BLEU</t>
+  </si>
   <si>
     <t>TEST 1</t>
   </si>
   <si>
     <t>TEST 2</t>
   </si>
   <si>
-    <t>/</t>
-[...10 lines deleted...]
-  <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>JOUEUR(EUSE)S</t>
-[...44 lines deleted...]
-    <t>CLUBS</t>
+    <t>VALID.</t>
+  </si>
+  <si>
+    <t>CLUB</t>
+  </si>
+  <si>
+    <t>Organization Name</t>
+  </si>
+  <si>
+    <t>ALLIANCE NORD 77 VB</t>
+  </si>
+  <si>
+    <t>AS BALNEOLITAINE</t>
+  </si>
+  <si>
+    <t>BUSSY VOLLEY</t>
+  </si>
+  <si>
+    <t>COLLEGE LES CAPUCINS</t>
+  </si>
+  <si>
+    <t>COMBS VOLLEY-BALL</t>
+  </si>
+  <si>
+    <t>COULOMMIERS BRIE VOLLEY</t>
+  </si>
+  <si>
+    <t>FS VAL D'EUROPE ESBLY COUPVRAY VB</t>
+  </si>
+  <si>
+    <t>GREEN BEACH 77</t>
+  </si>
+  <si>
+    <t>LA FERTE VOLLEY</t>
+  </si>
+  <si>
+    <t>LAGNY VOLLEY</t>
+  </si>
+  <si>
+    <t>MELUN VAL DE SEINE VOLLEY-BALL</t>
+  </si>
+  <si>
+    <t>PONTAULT-COMBAULT V.B. CLUB</t>
+  </si>
+  <si>
+    <t>SP CLUB BRIARD</t>
+  </si>
+  <si>
+    <t>SPORTING CLUB GRETZ TOURNAN</t>
+  </si>
+  <si>
+    <t>U.S. JEUNESSE MITRY V.B.</t>
+  </si>
+  <si>
+    <t>US LOGNES VOLLEY-BALL</t>
+  </si>
+  <si>
+    <t>VB TORCY MARNE LA VALLEE</t>
+  </si>
+  <si>
+    <t>VC CHAMPS SUR MARNE</t>
+  </si>
+  <si>
+    <t>VIE SPORTIVE OZOPHORICIENNE</t>
+  </si>
+  <si>
+    <t>VOLLEY CLUB DE GRISY SUISNES</t>
   </si>
   <si>
     <t>VOLLEY-BALL LA ROCHETTE</t>
   </si>
   <si>
-    <t>U.S. JEUNESSE MITRY V.B.</t>
-[...275 lines deleted...]
-    <t>Version 2.3 - nov 2023</t>
+    <t>NOM EDUCATEUR</t>
+  </si>
+  <si>
+    <t>PRENOM EDUCATEUR</t>
+  </si>
+  <si>
+    <t>DATE</t>
+  </si>
+  <si>
+    <t>LICENCE EDUC.</t>
+  </si>
+  <si>
+    <t>CODE</t>
+  </si>
+  <si>
+    <t>AN77</t>
+  </si>
+  <si>
+    <t>BALNEO</t>
+  </si>
+  <si>
+    <t>BUSSY</t>
+  </si>
+  <si>
+    <t>CAPU</t>
+  </si>
+  <si>
+    <t>COMBS</t>
+  </si>
+  <si>
+    <t>COUL</t>
+  </si>
+  <si>
+    <t>VEEC</t>
+  </si>
+  <si>
+    <t>GREEN BV</t>
+  </si>
+  <si>
+    <t>FERTE</t>
+  </si>
+  <si>
+    <t>LAGNY</t>
+  </si>
+  <si>
+    <t>MELUN</t>
+  </si>
+  <si>
+    <t>PONTAULT</t>
+  </si>
+  <si>
+    <t>BRIE</t>
+  </si>
+  <si>
+    <t>MITRY</t>
+  </si>
+  <si>
+    <t>GRETZ</t>
+  </si>
+  <si>
+    <t>LOGNES</t>
+  </si>
+  <si>
+    <t>TORCY</t>
+  </si>
+  <si>
+    <t>CHAMPS</t>
+  </si>
+  <si>
+    <t>OZOIR</t>
+  </si>
+  <si>
+    <t>GRISY</t>
+  </si>
+  <si>
+    <t>ROCHETTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...31 lines deleted...]
-    </font>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
+  </numFmts>
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Verdana"/>
-[...64 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Verdana"/>
-      <family val="2"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
       <color theme="0"/>
-      <name val="Calibri"/>
-      <family val="2"/>
+      <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...34 lines deleted...]
-    </font>
   </fonts>
-  <fills count="11">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
-[...17 lines deleted...]
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFCC"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.59999389629810485"/>
-[...11 lines deleted...]
-        <fgColor theme="3" tint="-0.249977111117893"/>
+        <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...4 lines deleted...]
-        <color indexed="64"/>
+      <left/>
+      <right style="thick">
+        <color rgb="FF0070C0"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="medium">
+        <color rgb="FF0070C0"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <right/>
+      <top style="thick">
+        <color theme="0" tint="-0.14993743705557422"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="thick">
+        <color theme="0" tint="-0.14993743705557422"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color indexed="64"/>
+      <left style="thick">
+        <color rgb="FF0070C0"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF0070C0"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF0070C0"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF0070C0"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...70 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <dxfs count="2">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="3" tint="0.89996032593768116"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
+  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+    <tableStyle name="Style de tableau 1" pivot="0" count="2" xr9:uid="{B10D9CAB-DF2C-1741-82CC-3A2F8BCBBD7D}">
+      <tableStyleElement type="firstColumnStripe" dxfId="1"/>
+      <tableStyleElement type="secondColumnStripe" dxfId="0"/>
+    </tableStyle>
+  </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2022/11/relationships/FeaturePropertyBag" Target="featurePropertyBag/featurePropertyBag.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="absolute">
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>7951</xdr:colOff>
+      <xdr:colOff>25399</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>7951</xdr:rowOff>
+      <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1796995</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1360406</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10335" name="Image 1">
+        <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C421E67-0FAB-403D-AB77-5B87F3F0A2ED}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BDFC4F7-257B-410B-8CB6-383974987D08}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect l="2533" r="2533"/>
-        <a:stretch/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="7951" y="7951"/>
-          <a:ext cx="2404703" cy="2447867"/>
+          <a:off x="25399" y="25400"/>
+          <a:ext cx="3900407" cy="1765300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="absolute">
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>7951</xdr:colOff>
+      <xdr:colOff>12700</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>7951</xdr:rowOff>
+      <xdr:rowOff>12700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1796995</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1651000</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>73285</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18452" name="Image 1">
+        <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA768638-8B33-4B19-AAB0-1A8794E1C30F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89AD6F01-8347-264D-9452-AE9CA449FD28}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
+      <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect l="2533" r="2533"/>
-        <a:stretch/>
+        <a:srcRect r="27390"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="7951" y="7951"/>
-          <a:ext cx="2404703" cy="2447867"/>
+          <a:off x="12700" y="12700"/>
+          <a:ext cx="4203700" cy="1990985"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="absolute">
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>7951</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>7951</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1796995</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>25516</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19476" name="Image 1">
+        <xdr:cNvPr id="2" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25B86CE0-4DFA-4F48-8587-4E98079E6170}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D889B930-0580-570D-05CA-45E955B5CAC2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...7 lines deleted...]
-        <a:stretch/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="7951" y="7951"/>
-          <a:ext cx="2404703" cy="2447867"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="7772400" cy="6324716"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>145807</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70557385-74C3-8116-63EA-88B67E1DE00F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="6502400"/>
+          <a:ext cx="7772400" cy="9493007"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>86321</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34B8E2F5-D2D1-3128-2BE6-D6764FC71A8C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="16052800"/>
+          <a:ext cx="7772400" cy="6182321"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/featurePropertyBag/featurePropertyBag.xml><?xml version="1.0" encoding="utf-8"?>
+<FeaturePropertyBags xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag">
+  <bag type="Checkbox"/>
+  <bag type="XFControls">
+    <bagId k="CellControl">0</bagId>
+  </bag>
+  <bag type="XFComplement">
+    <bagId k="XFControls">1</bagId>
+  </bag>
+  <bag type="XFComplements" extRef="XFComplementsMapperExtRef">
+    <a k="MappedFeaturePropertyBags">
+      <bagId>2</bagId>
+    </a>
+  </bag>
+</FeaturePropertyBags>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G49"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5801456F-7D35-7A4B-8D20-2257326BCE0A}">
+  <dimension ref="A1:R40"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4:G4"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E2" sqref="E2:Q2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="21.625" customWidth="1"/>
+    <col min="1" max="1" width="5.1640625" customWidth="1"/>
+    <col min="2" max="3" width="28.5" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" customWidth="1"/>
+    <col min="5" max="5" width="19.6640625" customWidth="1"/>
+    <col min="6" max="6" width="10.1640625" customWidth="1"/>
+    <col min="7" max="7" width="9.1640625" customWidth="1"/>
+    <col min="8" max="8" width="0.6640625" customWidth="1"/>
+    <col min="9" max="9" width="1" customWidth="1"/>
+    <col min="10" max="10" width="0.6640625" customWidth="1"/>
+    <col min="11" max="11" width="9.33203125" customWidth="1"/>
+    <col min="12" max="12" width="0.6640625" customWidth="1"/>
+    <col min="13" max="13" width="9.33203125" customWidth="1"/>
+    <col min="14" max="14" width="0.6640625" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="0.6640625" customWidth="1"/>
+    <col min="18" max="18" width="0.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18.2" x14ac:dyDescent="0.35">
-[...29 lines deleted...]
-      <c r="C4" s="44" t="s">
+    <row r="1" spans="1:18" ht="24" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E1" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+      <c r="N1" s="4"/>
+      <c r="O1" s="4"/>
+      <c r="P1" s="4"/>
+      <c r="Q1" s="4"/>
+      <c r="R1" s="4"/>
+    </row>
+    <row r="2" spans="1:18" ht="26" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E2" s="26"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27"/>
+      <c r="O2" s="27"/>
+      <c r="P2" s="27"/>
+      <c r="Q2" s="27"/>
+      <c r="R2" s="4"/>
+    </row>
+    <row r="3" spans="1:18" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E3" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" s="4"/>
+      <c r="G3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="4"/>
+      <c r="O3" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
+      <c r="R3" s="4"/>
+    </row>
+    <row r="4" spans="1:18" ht="22" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E4" s="28"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="29"/>
+      <c r="N4" s="4"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="31"/>
+      <c r="R4" s="4"/>
+    </row>
+    <row r="5" spans="1:18" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E5" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="D4" s="54"/>
-[...30 lines deleted...]
-      <c r="C9" s="48" t="s">
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+      <c r="K5" s="2"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2"/>
+    </row>
+    <row r="6" spans="1:18" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E6" s="32"/>
+      <c r="F6" s="33"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="6"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="6"/>
+      <c r="M6" s="6"/>
+      <c r="N6" s="6"/>
+      <c r="O6" s="6"/>
+      <c r="P6" s="6"/>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6"/>
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="E7" s="22"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="2"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+      <c r="R7" s="2"/>
+    </row>
+    <row r="8" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:18" s="3" customFormat="1" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7"/>
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="F9" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="48" t="s">
+      <c r="G9" s="25"/>
+      <c r="H9" s="7"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="L9" s="10"/>
+      <c r="M9" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="N9" s="10"/>
+      <c r="O9" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="P9" s="10"/>
+      <c r="Q9" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="10"/>
+    </row>
+    <row r="10" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="9">
+        <v>1</v>
+      </c>
+      <c r="B10" s="18"/>
+      <c r="C10" s="18"/>
+      <c r="D10" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B10&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E10" s="18"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="15"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R10" s="10"/>
+    </row>
+    <row r="11" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="9">
+        <v>2</v>
+      </c>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B11&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E11" s="18"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="16"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="16"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R11" s="10"/>
+    </row>
+    <row r="12" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="9">
+        <v>3</v>
+      </c>
+      <c r="B12" s="18"/>
+      <c r="C12" s="18"/>
+      <c r="D12" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B12&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E12" s="18"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="13"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="16"/>
+      <c r="M12" s="15"/>
+      <c r="N12" s="16"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R12" s="10"/>
+    </row>
+    <row r="13" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="9">
         <v>4</v>
       </c>
-      <c r="E9" s="49" t="s">
+      <c r="B13" s="18"/>
+      <c r="C13" s="18"/>
+      <c r="D13" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B13&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E13" s="18"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="13"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R13" s="10"/>
+    </row>
+    <row r="14" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="9">
         <v>5</v>
       </c>
-      <c r="F9" s="49" t="s">
+      <c r="B14" s="18"/>
+      <c r="C14" s="18"/>
+      <c r="D14" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B14&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E14" s="18"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="15"/>
+      <c r="L14" s="16"/>
+      <c r="M14" s="15"/>
+      <c r="N14" s="16"/>
+      <c r="O14" s="15"/>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R14" s="10"/>
+    </row>
+    <row r="15" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="9">
+        <v>6</v>
+      </c>
+      <c r="B15" s="18"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B15&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E15" s="18"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="13"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="15"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="15"/>
+      <c r="N15" s="16"/>
+      <c r="O15" s="15"/>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R15" s="10"/>
+    </row>
+    <row r="16" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="9">
+        <v>7</v>
+      </c>
+      <c r="B16" s="18"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B16&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E16" s="18"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="15"/>
+      <c r="L16" s="16"/>
+      <c r="M16" s="15"/>
+      <c r="N16" s="16"/>
+      <c r="O16" s="15"/>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R16" s="10"/>
+    </row>
+    <row r="17" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="9">
         <v>8</v>
       </c>
-      <c r="G9" s="49" t="s">
+      <c r="B17" s="18"/>
+      <c r="C17" s="18"/>
+      <c r="D17" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B17&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E17" s="18"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="15"/>
+      <c r="L17" s="16"/>
+      <c r="M17" s="15"/>
+      <c r="N17" s="16"/>
+      <c r="O17" s="15"/>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R17" s="10"/>
+    </row>
+    <row r="18" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="9">
         <v>9</v>
       </c>
-    </row>
-[...127 lines deleted...]
-      <c r="A19" s="30">
+      <c r="B18" s="18"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B18&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E18" s="18"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="15"/>
+      <c r="L18" s="16"/>
+      <c r="M18" s="15"/>
+      <c r="N18" s="16"/>
+      <c r="O18" s="15"/>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R18" s="10"/>
+    </row>
+    <row r="19" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="9">
         <v>10</v>
       </c>
-      <c r="B19" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A20" s="23">
+      <c r="B19" s="18"/>
+      <c r="C19" s="18"/>
+      <c r="D19" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B19&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E19" s="18"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="15"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="15"/>
+      <c r="N19" s="16"/>
+      <c r="O19" s="15"/>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R19" s="10"/>
+    </row>
+    <row r="20" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="9">
         <v>11</v>
       </c>
-      <c r="B20" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A21" s="30">
+      <c r="B20" s="18"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B20&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E20" s="18"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="16"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R20" s="10"/>
+    </row>
+    <row r="21" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="9">
         <v>12</v>
       </c>
-      <c r="B21" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A22" s="23">
+      <c r="B21" s="18"/>
+      <c r="C21" s="18"/>
+      <c r="D21" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B21&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E21" s="18"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="14"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="15"/>
+      <c r="N21" s="16"/>
+      <c r="O21" s="15"/>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R21" s="10"/>
+    </row>
+    <row r="22" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="9">
         <v>13</v>
       </c>
-      <c r="B22" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A23" s="30">
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B22&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E22" s="18"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="14"/>
+      <c r="K22" s="15"/>
+      <c r="L22" s="16"/>
+      <c r="M22" s="15"/>
+      <c r="N22" s="16"/>
+      <c r="O22" s="15"/>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R22" s="10"/>
+    </row>
+    <row r="23" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="9">
         <v>14</v>
       </c>
-      <c r="B23" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A24" s="23">
+      <c r="B23" s="18"/>
+      <c r="C23" s="18"/>
+      <c r="D23" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B23&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E23" s="18"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="15"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="15"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="15"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R23" s="10"/>
+    </row>
+    <row r="24" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="9">
         <v>15</v>
       </c>
-      <c r="B24" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A25" s="30">
+      <c r="B24" s="18"/>
+      <c r="C24" s="18"/>
+      <c r="D24" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B24&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E24" s="18"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="14"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="15"/>
+      <c r="N24" s="16"/>
+      <c r="O24" s="15"/>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R24" s="10"/>
+    </row>
+    <row r="25" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="9">
         <v>16</v>
       </c>
-      <c r="B25" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A26" s="23">
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B25&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E25" s="18"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="15"/>
+      <c r="N25" s="16"/>
+      <c r="O25" s="15"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R25" s="10"/>
+    </row>
+    <row r="26" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="9">
         <v>17</v>
       </c>
-      <c r="B26" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A27" s="30">
+      <c r="B26" s="18"/>
+      <c r="C26" s="18"/>
+      <c r="D26" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B26&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E26" s="18"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="14"/>
+      <c r="K26" s="15"/>
+      <c r="L26" s="16"/>
+      <c r="M26" s="15"/>
+      <c r="N26" s="16"/>
+      <c r="O26" s="15"/>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R26" s="10"/>
+    </row>
+    <row r="27" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="9">
         <v>18</v>
       </c>
-      <c r="B27" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A28" s="23">
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B27&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E27" s="18"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="14"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="16"/>
+      <c r="M27" s="15"/>
+      <c r="N27" s="16"/>
+      <c r="O27" s="15"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R27" s="10"/>
+    </row>
+    <row r="28" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="9">
         <v>19</v>
       </c>
-      <c r="B28" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A29" s="30">
+      <c r="B28" s="18"/>
+      <c r="C28" s="18"/>
+      <c r="D28" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B28&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E28" s="18"/>
+      <c r="F28" s="24"/>
+      <c r="G28" s="24"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="13"/>
+      <c r="J28" s="14"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="15"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="15"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R28" s="10"/>
+    </row>
+    <row r="29" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="9">
         <v>20</v>
       </c>
-      <c r="B29" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A30" s="23">
+      <c r="B29" s="18"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B29&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E29" s="18"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="13"/>
+      <c r="J29" s="14"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="16"/>
+      <c r="M29" s="15"/>
+      <c r="N29" s="16"/>
+      <c r="O29" s="15"/>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R29" s="10"/>
+    </row>
+    <row r="30" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="9">
         <v>21</v>
       </c>
-      <c r="B30" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A31" s="30">
+      <c r="B30" s="18"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B30&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E30" s="18"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="14"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="16"/>
+      <c r="M30" s="15"/>
+      <c r="N30" s="16"/>
+      <c r="O30" s="15"/>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R30" s="10"/>
+    </row>
+    <row r="31" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="9">
         <v>22</v>
       </c>
-      <c r="B31" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A32" s="23">
+      <c r="B31" s="18"/>
+      <c r="C31" s="18"/>
+      <c r="D31" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B31&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E31" s="18"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="13"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="15"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="15"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="15"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R31" s="10"/>
+    </row>
+    <row r="32" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="9">
         <v>23</v>
       </c>
-      <c r="B32" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A33" s="30">
+      <c r="B32" s="18"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B32&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E32" s="18"/>
+      <c r="F32" s="24"/>
+      <c r="G32" s="24"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="13"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="15"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="15"/>
+      <c r="N32" s="16"/>
+      <c r="O32" s="15"/>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R32" s="10"/>
+    </row>
+    <row r="33" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="9">
         <v>24</v>
       </c>
-      <c r="B33" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A34" s="23">
+      <c r="B33" s="18"/>
+      <c r="C33" s="18"/>
+      <c r="D33" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B33&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E33" s="18"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="13"/>
+      <c r="J33" s="14"/>
+      <c r="K33" s="15"/>
+      <c r="L33" s="16"/>
+      <c r="M33" s="15"/>
+      <c r="N33" s="16"/>
+      <c r="O33" s="15"/>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R33" s="10"/>
+    </row>
+    <row r="34" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="9">
         <v>25</v>
       </c>
-      <c r="B34" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A35" s="30">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B34&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E34" s="18"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="16"/>
+      <c r="M34" s="15"/>
+      <c r="N34" s="16"/>
+      <c r="O34" s="15"/>
+      <c r="P34" s="16"/>
+      <c r="Q34" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R34" s="10"/>
+    </row>
+    <row r="35" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="9">
         <v>26</v>
       </c>
-      <c r="B35" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A36" s="23">
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B35&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E35" s="18"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="15"/>
+      <c r="L35" s="16"/>
+      <c r="M35" s="15"/>
+      <c r="N35" s="16"/>
+      <c r="O35" s="15"/>
+      <c r="P35" s="16"/>
+      <c r="Q35" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R35" s="10"/>
+    </row>
+    <row r="36" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="9">
         <v>27</v>
       </c>
-      <c r="B36" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A37" s="30">
+      <c r="B36" s="18"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B36&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E36" s="18"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="14"/>
+      <c r="K36" s="15"/>
+      <c r="L36" s="16"/>
+      <c r="M36" s="15"/>
+      <c r="N36" s="16"/>
+      <c r="O36" s="15"/>
+      <c r="P36" s="16"/>
+      <c r="Q36" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R36" s="10"/>
+    </row>
+    <row r="37" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="9">
         <v>28</v>
       </c>
-      <c r="B37" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A38" s="23">
+      <c r="B37" s="18"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B37&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E37" s="18"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="14"/>
+      <c r="K37" s="15"/>
+      <c r="L37" s="16"/>
+      <c r="M37" s="15"/>
+      <c r="N37" s="16"/>
+      <c r="O37" s="15"/>
+      <c r="P37" s="16"/>
+      <c r="Q37" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R37" s="10"/>
+    </row>
+    <row r="38" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="9">
         <v>29</v>
       </c>
-      <c r="B38" s="23" t="str">
-[...10 lines deleted...]
-      <c r="A39" s="30">
+      <c r="B38" s="18"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B38&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E38" s="18"/>
+      <c r="F38" s="24"/>
+      <c r="G38" s="24"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="13"/>
+      <c r="J38" s="14"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="16"/>
+      <c r="M38" s="15"/>
+      <c r="N38" s="16"/>
+      <c r="O38" s="15"/>
+      <c r="P38" s="16"/>
+      <c r="Q38" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R38" s="10"/>
+    </row>
+    <row r="39" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="9">
         <v>30</v>
       </c>
-      <c r="B39" s="23" t="str">
-[...148 lines deleted...]
-    </row>
+      <c r="B39" s="18"/>
+      <c r="C39" s="18"/>
+      <c r="D39" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B39&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E39" s="18"/>
+      <c r="F39" s="24"/>
+      <c r="G39" s="24"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="14"/>
+      <c r="K39" s="15"/>
+      <c r="L39" s="16"/>
+      <c r="M39" s="15"/>
+      <c r="N39" s="16"/>
+      <c r="O39" s="15"/>
+      <c r="P39" s="16"/>
+      <c r="Q39" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R39" s="10"/>
+    </row>
+    <row r="40" spans="1:18" ht="17" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A1:G1"/>
+  <mergeCells count="36">
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="E2:Q2"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:M4"/>
+    <mergeCell ref="O4:Q4"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="F35:G35"/>
   </mergeCells>
-  <dataValidations count="3">
-[...11 lines deleted...]
-  <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <phoneticPr fontId="5" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="51" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
+  <drawing r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F00A086C-3DD1-0642-9A71-B1BF03744B3A}">
+          <x14:formula1>
+            <xm:f>Listes!$A$2:$A$8</xm:f>
+          </x14:formula1>
+          <xm:sqref>F10:G39</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A5C32923-2195-9544-B88A-6BBF0C596DEF}">
+          <x14:formula1>
+            <xm:f>Listes!$C$2:$C$23</xm:f>
+          </x14:formula1>
+          <xm:sqref>E2:Q2</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:K57"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5FFFC799-316E-0443-9E55-9AB3C8894F8A}">
+  <dimension ref="A1:R40"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6:H6"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E2" sqref="E2:Q2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.55" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.875" style="2" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="11" style="2"/>
+    <col min="1" max="1" width="5.1640625" customWidth="1"/>
+    <col min="2" max="3" width="28.5" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" customWidth="1"/>
+    <col min="5" max="5" width="19.6640625" customWidth="1"/>
+    <col min="6" max="6" width="10.1640625" customWidth="1"/>
+    <col min="7" max="7" width="9.1640625" customWidth="1"/>
+    <col min="8" max="8" width="0.6640625" customWidth="1"/>
+    <col min="9" max="9" width="1" customWidth="1"/>
+    <col min="10" max="10" width="0.6640625" customWidth="1"/>
+    <col min="11" max="11" width="9.33203125" customWidth="1"/>
+    <col min="12" max="12" width="0.6640625" customWidth="1"/>
+    <col min="13" max="13" width="9.33203125" customWidth="1"/>
+    <col min="14" max="14" width="0.6640625" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="0.6640625" customWidth="1"/>
+    <col min="18" max="18" width="0.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="34.450000000000003" x14ac:dyDescent="0.5">
-      <c r="K1" s="22" t="s">
+    <row r="1" spans="1:18" ht="24" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E1" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+      <c r="N1" s="4"/>
+      <c r="O1" s="4"/>
+      <c r="P1" s="4"/>
+      <c r="Q1" s="4"/>
+      <c r="R1" s="4"/>
+    </row>
+    <row r="2" spans="1:18" ht="26" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E2" s="26"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27"/>
+      <c r="O2" s="27"/>
+      <c r="P2" s="27"/>
+      <c r="Q2" s="27"/>
+      <c r="R2" s="4"/>
+    </row>
+    <row r="3" spans="1:18" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E3" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" s="4"/>
+      <c r="G3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="4"/>
+      <c r="O3" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
+      <c r="R3" s="4"/>
+    </row>
+    <row r="4" spans="1:18" ht="22" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E4" s="28"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="29"/>
+      <c r="N4" s="4"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="31"/>
+      <c r="R4" s="4"/>
+    </row>
+    <row r="5" spans="1:18" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E5" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+      <c r="K5" s="2"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2"/>
+    </row>
+    <row r="6" spans="1:18" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E6" s="32"/>
+      <c r="F6" s="33"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="6"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="6"/>
+      <c r="M6" s="6"/>
+      <c r="N6" s="6"/>
+      <c r="O6" s="6"/>
+      <c r="P6" s="6"/>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6"/>
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="E7" s="22"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="2"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+      <c r="R7" s="2"/>
+    </row>
+    <row r="8" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:18" s="3" customFormat="1" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7"/>
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="F9" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="G9" s="25"/>
+      <c r="H9" s="7"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="L9" s="10"/>
+      <c r="M9" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="N9" s="10"/>
+      <c r="O9" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="P9" s="10"/>
+      <c r="Q9" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="10"/>
+    </row>
+    <row r="10" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="9">
+        <v>1</v>
+      </c>
+      <c r="B10" s="18"/>
+      <c r="C10" s="18"/>
+      <c r="D10" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B10&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E10" s="18"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="15"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R10" s="10"/>
+    </row>
+    <row r="11" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="9">
+        <v>2</v>
+      </c>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B11&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E11" s="18"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="16"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="16"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R11" s="10"/>
+    </row>
+    <row r="12" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="9">
+        <v>3</v>
+      </c>
+      <c r="B12" s="18"/>
+      <c r="C12" s="18"/>
+      <c r="D12" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B12&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E12" s="18"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="13"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="16"/>
+      <c r="M12" s="15"/>
+      <c r="N12" s="16"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R12" s="10"/>
+    </row>
+    <row r="13" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="9">
+        <v>4</v>
+      </c>
+      <c r="B13" s="18"/>
+      <c r="C13" s="18"/>
+      <c r="D13" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B13&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E13" s="18"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="13"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R13" s="10"/>
+    </row>
+    <row r="14" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="9">
+        <v>5</v>
+      </c>
+      <c r="B14" s="18"/>
+      <c r="C14" s="18"/>
+      <c r="D14" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B14&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E14" s="18"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="15"/>
+      <c r="L14" s="16"/>
+      <c r="M14" s="15"/>
+      <c r="N14" s="16"/>
+      <c r="O14" s="15"/>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R14" s="10"/>
+    </row>
+    <row r="15" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="9">
+        <v>6</v>
+      </c>
+      <c r="B15" s="18"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B15&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E15" s="18"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="13"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="15"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="15"/>
+      <c r="N15" s="16"/>
+      <c r="O15" s="15"/>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R15" s="10"/>
+    </row>
+    <row r="16" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="9">
+        <v>7</v>
+      </c>
+      <c r="B16" s="18"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B16&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E16" s="18"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="15"/>
+      <c r="L16" s="16"/>
+      <c r="M16" s="15"/>
+      <c r="N16" s="16"/>
+      <c r="O16" s="15"/>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R16" s="10"/>
+    </row>
+    <row r="17" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="9">
+        <v>8</v>
+      </c>
+      <c r="B17" s="18"/>
+      <c r="C17" s="18"/>
+      <c r="D17" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B17&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E17" s="18"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="15"/>
+      <c r="L17" s="16"/>
+      <c r="M17" s="15"/>
+      <c r="N17" s="16"/>
+      <c r="O17" s="15"/>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R17" s="10"/>
+    </row>
+    <row r="18" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="9">
+        <v>9</v>
+      </c>
+      <c r="B18" s="18"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B18&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E18" s="18"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="15"/>
+      <c r="L18" s="16"/>
+      <c r="M18" s="15"/>
+      <c r="N18" s="16"/>
+      <c r="O18" s="15"/>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R18" s="10"/>
+    </row>
+    <row r="19" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="9">
         <v>10</v>
       </c>
-    </row>
-[...45 lines deleted...]
-      <c r="I6" s="69" t="s">
+      <c r="B19" s="18"/>
+      <c r="C19" s="18"/>
+      <c r="D19" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B19&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E19" s="18"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="15"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="15"/>
+      <c r="N19" s="16"/>
+      <c r="O19" s="15"/>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R19" s="10"/>
+    </row>
+    <row r="20" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="9">
+        <v>11</v>
+      </c>
+      <c r="B20" s="18"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B20&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E20" s="18"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="16"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R20" s="10"/>
+    </row>
+    <row r="21" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="9">
+        <v>12</v>
+      </c>
+      <c r="B21" s="18"/>
+      <c r="C21" s="18"/>
+      <c r="D21" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B21&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E21" s="18"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="14"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="15"/>
+      <c r="N21" s="16"/>
+      <c r="O21" s="15"/>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R21" s="10"/>
+    </row>
+    <row r="22" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="9">
+        <v>13</v>
+      </c>
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B22&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E22" s="18"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="14"/>
+      <c r="K22" s="15"/>
+      <c r="L22" s="16"/>
+      <c r="M22" s="15"/>
+      <c r="N22" s="16"/>
+      <c r="O22" s="15"/>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R22" s="10"/>
+    </row>
+    <row r="23" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="9">
+        <v>14</v>
+      </c>
+      <c r="B23" s="18"/>
+      <c r="C23" s="18"/>
+      <c r="D23" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B23&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E23" s="18"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="15"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="15"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="15"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R23" s="10"/>
+    </row>
+    <row r="24" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="9">
+        <v>15</v>
+      </c>
+      <c r="B24" s="18"/>
+      <c r="C24" s="18"/>
+      <c r="D24" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B24&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E24" s="18"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="14"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="15"/>
+      <c r="N24" s="16"/>
+      <c r="O24" s="15"/>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R24" s="10"/>
+    </row>
+    <row r="25" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="9">
+        <v>16</v>
+      </c>
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B25&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E25" s="18"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="15"/>
+      <c r="N25" s="16"/>
+      <c r="O25" s="15"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R25" s="10"/>
+    </row>
+    <row r="26" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="9">
+        <v>17</v>
+      </c>
+      <c r="B26" s="18"/>
+      <c r="C26" s="18"/>
+      <c r="D26" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B26&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E26" s="18"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="14"/>
+      <c r="K26" s="15"/>
+      <c r="L26" s="16"/>
+      <c r="M26" s="15"/>
+      <c r="N26" s="16"/>
+      <c r="O26" s="15"/>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R26" s="10"/>
+    </row>
+    <row r="27" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="9">
+        <v>18</v>
+      </c>
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B27&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E27" s="18"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="14"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="16"/>
+      <c r="M27" s="15"/>
+      <c r="N27" s="16"/>
+      <c r="O27" s="15"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R27" s="10"/>
+    </row>
+    <row r="28" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="9">
         <v>19</v>
       </c>
-      <c r="J6" s="70"/>
-[...1087 lines deleted...]
-    </row>
+      <c r="B28" s="18"/>
+      <c r="C28" s="18"/>
+      <c r="D28" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B28&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E28" s="18"/>
+      <c r="F28" s="24"/>
+      <c r="G28" s="24"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="13"/>
+      <c r="J28" s="14"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="15"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="15"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R28" s="10"/>
+    </row>
+    <row r="29" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="9">
+        <v>20</v>
+      </c>
+      <c r="B29" s="18"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B29&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E29" s="18"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="13"/>
+      <c r="J29" s="14"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="16"/>
+      <c r="M29" s="15"/>
+      <c r="N29" s="16"/>
+      <c r="O29" s="15"/>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R29" s="10"/>
+    </row>
+    <row r="30" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="9">
+        <v>21</v>
+      </c>
+      <c r="B30" s="18"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B30&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E30" s="18"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="14"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="16"/>
+      <c r="M30" s="15"/>
+      <c r="N30" s="16"/>
+      <c r="O30" s="15"/>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R30" s="10"/>
+    </row>
+    <row r="31" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="9">
+        <v>22</v>
+      </c>
+      <c r="B31" s="18"/>
+      <c r="C31" s="18"/>
+      <c r="D31" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B31&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E31" s="18"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="13"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="15"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="15"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="15"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R31" s="10"/>
+    </row>
+    <row r="32" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="9">
+        <v>23</v>
+      </c>
+      <c r="B32" s="18"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B32&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E32" s="18"/>
+      <c r="F32" s="24"/>
+      <c r="G32" s="24"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="13"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="15"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="15"/>
+      <c r="N32" s="16"/>
+      <c r="O32" s="15"/>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R32" s="10"/>
+    </row>
+    <row r="33" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="9">
+        <v>24</v>
+      </c>
+      <c r="B33" s="18"/>
+      <c r="C33" s="18"/>
+      <c r="D33" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B33&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E33" s="18"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="13"/>
+      <c r="J33" s="14"/>
+      <c r="K33" s="15"/>
+      <c r="L33" s="16"/>
+      <c r="M33" s="15"/>
+      <c r="N33" s="16"/>
+      <c r="O33" s="15"/>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R33" s="10"/>
+    </row>
+    <row r="34" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="9">
+        <v>25</v>
+      </c>
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B34&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E34" s="18"/>
+      <c r="F34" s="24"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="16"/>
+      <c r="M34" s="15"/>
+      <c r="N34" s="16"/>
+      <c r="O34" s="15"/>
+      <c r="P34" s="16"/>
+      <c r="Q34" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R34" s="10"/>
+    </row>
+    <row r="35" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="9">
+        <v>26</v>
+      </c>
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B35&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E35" s="18"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="15"/>
+      <c r="L35" s="16"/>
+      <c r="M35" s="15"/>
+      <c r="N35" s="16"/>
+      <c r="O35" s="15"/>
+      <c r="P35" s="16"/>
+      <c r="Q35" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R35" s="10"/>
+    </row>
+    <row r="36" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="9">
+        <v>27</v>
+      </c>
+      <c r="B36" s="18"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B36&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E36" s="18"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="14"/>
+      <c r="K36" s="15"/>
+      <c r="L36" s="16"/>
+      <c r="M36" s="15"/>
+      <c r="N36" s="16"/>
+      <c r="O36" s="15"/>
+      <c r="P36" s="16"/>
+      <c r="Q36" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R36" s="10"/>
+    </row>
+    <row r="37" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="9">
+        <v>28</v>
+      </c>
+      <c r="B37" s="18"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B37&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E37" s="18"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="14"/>
+      <c r="K37" s="15"/>
+      <c r="L37" s="16"/>
+      <c r="M37" s="15"/>
+      <c r="N37" s="16"/>
+      <c r="O37" s="15"/>
+      <c r="P37" s="16"/>
+      <c r="Q37" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R37" s="10"/>
+    </row>
+    <row r="38" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="9">
+        <v>29</v>
+      </c>
+      <c r="B38" s="18"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B38&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E38" s="18"/>
+      <c r="F38" s="24"/>
+      <c r="G38" s="24"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="13"/>
+      <c r="J38" s="14"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="16"/>
+      <c r="M38" s="15"/>
+      <c r="N38" s="16"/>
+      <c r="O38" s="15"/>
+      <c r="P38" s="16"/>
+      <c r="Q38" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R38" s="10"/>
+    </row>
+    <row r="39" spans="1:18" ht="26" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="9">
+        <v>30</v>
+      </c>
+      <c r="B39" s="18"/>
+      <c r="C39" s="18"/>
+      <c r="D39" s="23" t="str">
+        <f>IF(AND($E$2&lt;&gt;"",B39&lt;&gt;""),_xlfn.XLOOKUP($E$2,Listes!$C$1:$C$24,Listes!$D$1:$D$24,"",0,1),"")</f>
+        <v/>
+      </c>
+      <c r="E39" s="18"/>
+      <c r="F39" s="24"/>
+      <c r="G39" s="24"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="14"/>
+      <c r="K39" s="15"/>
+      <c r="L39" s="16"/>
+      <c r="M39" s="15"/>
+      <c r="N39" s="16"/>
+      <c r="O39" s="15"/>
+      <c r="P39" s="16"/>
+      <c r="Q39" s="17" t="b">
+        <v>0</v>
+      </c>
+      <c r="R39" s="10"/>
+    </row>
+    <row r="40" spans="1:18" ht="17" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="46">
-[...45 lines deleted...]
-    <mergeCell ref="B54:C54"/>
+  <mergeCells count="36">
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="E2:Q2"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:M4"/>
+    <mergeCell ref="O4:Q4"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="F14:G14"/>
   </mergeCells>
-  <dataValidations count="2">
-[...10 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="51" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
+  <drawing r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C7CA60C5-74A0-9440-9AC7-B391F59C92EC}">
+          <x14:formula1>
+            <xm:f>Listes!$C$2:$C$23</xm:f>
+          </x14:formula1>
+          <xm:sqref>E2:Q2</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{AD4C7333-6BFD-3C44-B608-8C8DB8611E10}">
+          <x14:formula1>
+            <xm:f>Listes!$A$4:$A$8</xm:f>
+          </x14:formula1>
+          <xm:sqref>F10:G39</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:K57"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7FADD1C-DD72-344D-8340-97A10C4F59CF}">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6:H6"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M98" sqref="M98"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.55" x14ac:dyDescent="0.2"/>
-[...1156 lines deleted...]
-  </sheetData>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetData/>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="46">
-[...58 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="32" max="16383" man="1"/>
+    <brk id="80" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:K57"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65922D56-3C98-644C-B829-7B23FD206E49}">
+  <dimension ref="A1:D22"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6:H6"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.55" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.875" style="2" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="11" style="2"/>
+    <col min="3" max="3" width="43.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="34.450000000000003" x14ac:dyDescent="0.5">
-      <c r="K1" s="22" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="K2" s="21" t="s">
+      <c r="C7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="174.05" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="64" t="s">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="17" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" t="s">
         <v>59</v>
       </c>
-      <c r="D3" s="65"/>
-[...1124 lines deleted...]
-        <v>55</v>
+    </row>
+    <row r="18" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="20" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="3:4" x14ac:dyDescent="0.2">
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...250 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
-[...11 lines deleted...]
-      <vt:lpstr>LISTE_NOMS_JOUEURS</vt:lpstr>
+    <vt:vector size="7" baseType="lpstr">
+      <vt:lpstr>PDJ</vt:lpstr>
+      <vt:lpstr>PDM</vt:lpstr>
       <vt:lpstr>Niveaux</vt:lpstr>
-      <vt:lpstr>NOM_DU_CLUB</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>'Fiche PDJ Page3'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>Listes</vt:lpstr>
+      <vt:lpstr>Niveaux!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>PDJ!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>PDM!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Manu</dc:creator>
+  <dc:creator>Manuel Geslin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>